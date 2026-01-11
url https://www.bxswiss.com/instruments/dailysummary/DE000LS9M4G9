--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cc312ccdcf4d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a8f9b0e4924fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697a7e0f0dfd402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79a0ea9c1d74ea5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c556011ff84fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697a7e0f0dfd402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0efffb33f35482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79a0ea9c1d74ea5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmariasWunschliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,215</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>