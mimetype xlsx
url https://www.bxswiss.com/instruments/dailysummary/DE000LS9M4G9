--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a8f9b0e4924fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5801ac706f4f4428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79a0ea9c1d74ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4170612431af449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0efffb33f35482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79a0ea9c1d74ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc670f4e39c2c473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4170612431af449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmariasWunschliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>137,386</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>