--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5801ac706f4f4428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c25640f438d4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4170612431af449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e7f23b809d4174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc670f4e39c2c473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4170612431af449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232642f87add4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e7f23b809d4174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmariasWunschliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M4G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,402 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -684,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>