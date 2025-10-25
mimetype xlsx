--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322044836ecd4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03889120d1c84df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c3fedbc0c843e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f1a17f32d644488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8c8b94162d4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c3fedbc0c843e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105f79cd08ad43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f1a17f32d644488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>