--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03889120d1c84df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re704f001ea8e478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f1a17f32d644488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re716855dac10449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105f79cd08ad43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f1a17f32d644488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ff646d27fe4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re716855dac10449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>374,810</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>