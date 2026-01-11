--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re704f001ea8e478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85909769cca343c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re716855dac10449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142e41e883d64de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ff646d27fe4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re716855dac10449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06ef6bf26d440f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142e41e883d64de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>