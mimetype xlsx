--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85909769cca343c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12186d3738fc4dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142e41e883d64de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e0ff3e006f4102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06ef6bf26d440f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142e41e883d64de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0d758b9b314abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e0ff3e006f4102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>401,556</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>