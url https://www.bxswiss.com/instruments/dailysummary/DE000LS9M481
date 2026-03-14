--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12186d3738fc4dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20bfd5901bc64a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e0ff3e006f4102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R991c262963dd41b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0d758b9b314abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e0ff3e006f4102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b7d9cf4996444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R991c262963dd41b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Bad Boys (Rüstungsaktien)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,727</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>