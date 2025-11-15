--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cdce366b4347b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff4f723b9b34a91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075017b162894a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb8fbc96c0645d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re81023426e5b4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075017b162894a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad3e517af7d4375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb8fbc96c0645d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>215,259</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,757</x:t>
-[...382 lines deleted...]
-          <x:t>213,395</x:t>
+          <x:t>217,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>