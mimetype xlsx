--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff4f723b9b34a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc95430411a4bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb8fbc96c0645d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656e4c93e5af476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad3e517af7d4375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb8fbc96c0645d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6030f1cf8cb340ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656e4c93e5af476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>208,732</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>