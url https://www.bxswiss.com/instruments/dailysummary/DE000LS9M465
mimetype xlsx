--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc95430411a4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430da2685fdc472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656e4c93e5af476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79286c772a7e450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6030f1cf8cb340ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656e4c93e5af476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d0cc530bac43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79286c772a7e450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>