--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430da2685fdc472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f4a0bf16e4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79286c772a7e450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7f61c7a690482f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d0cc530bac43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79286c772a7e450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9add53daea54547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7f61c7a690482f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,312</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>