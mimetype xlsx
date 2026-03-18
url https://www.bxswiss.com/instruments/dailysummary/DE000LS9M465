--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f4a0bf16e4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbde6d4057b664481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7f61c7a690482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462c4826d46d4852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9add53daea54547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7f61c7a690482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb24bd6b4f44858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462c4826d46d4852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldtaler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>