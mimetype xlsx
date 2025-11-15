--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4451243dc8854cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c5e4629b4945ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d91451f3374f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cffdfecaa33419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce81949b92304275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d91451f3374f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e6439733ae463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cffdfecaa33419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Markets Bet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>127,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,550</x:t>
-[...539 lines deleted...]
-          <x:t>128,136</x:t>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>