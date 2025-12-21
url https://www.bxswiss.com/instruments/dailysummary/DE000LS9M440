--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c5e4629b4945ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2a684ce80a4789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cffdfecaa33419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9647a12767df48df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e6439733ae463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cffdfecaa33419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ec390fada043fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9647a12767df48df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Markets Bet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>123,797</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,516</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>123,011</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>