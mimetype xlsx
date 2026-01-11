--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2a684ce80a4789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9438516fa0e940a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9647a12767df48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd57a1f290e44451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ec390fada043fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9647a12767df48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9d42c1fc2640f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd57a1f290e44451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Markets Bet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>