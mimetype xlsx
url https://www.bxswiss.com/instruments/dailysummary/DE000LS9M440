--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9438516fa0e940a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35e7df551b74aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd57a1f290e44451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02caca08c4b4ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9d42c1fc2640f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd57a1f290e44451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd7e7009c404425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02caca08c4b4ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Markets Bet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,834</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>