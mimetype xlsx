--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35e7df551b74aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16203c43e824925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02caca08c4b4ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05555dc9de5402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd7e7009c404425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02caca08c4b4ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0029202ac2314bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05555dc9de5402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Markets Bet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>116,016</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,973</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>115,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>115,674</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>118,011</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>