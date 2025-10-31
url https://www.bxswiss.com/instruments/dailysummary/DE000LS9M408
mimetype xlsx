--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07202c57dda847c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc64b770e014a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97de3d3623b441a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43654a450c1c41a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec124c5467d04bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97de3d3623b441a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf502ba7de1c34d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43654a450c1c41a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>