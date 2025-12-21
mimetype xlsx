--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc64b770e014a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra123da8a28ce4258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43654a450c1c41a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7dcd46621c4f6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf502ba7de1c34d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43654a450c1c41a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e10df6b8264c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7dcd46621c4f6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>85,663</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,839</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>85,882</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>