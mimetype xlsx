--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra123da8a28ce4258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa09ccd55574f96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7dcd46621c4f6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2515643c8c774fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e10df6b8264c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7dcd46621c4f6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bc782dd5e241eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2515643c8c774fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>