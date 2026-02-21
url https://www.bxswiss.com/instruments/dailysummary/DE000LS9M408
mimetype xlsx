--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa09ccd55574f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea3397e5d7e45dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2515643c8c774fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad14d487b1be4c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bc782dd5e241eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2515643c8c774fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0db1820e8e743b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad14d487b1be4c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>88,003</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>88,459</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>