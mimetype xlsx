--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea3397e5d7e45dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc2ebabc1a3940db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad14d487b1be4c01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3fa372ee294be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0db1820e8e743b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad14d487b1be4c01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7beee8d7958848e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3fa372ee294be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knips Bayern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>