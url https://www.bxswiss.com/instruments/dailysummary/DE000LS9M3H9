--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80504281a292476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44d28b9848e4dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a44dac0474c49b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17fda504f256436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f4358034be43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a44dac0474c49b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df3e61fea9243ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17fda504f256436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>