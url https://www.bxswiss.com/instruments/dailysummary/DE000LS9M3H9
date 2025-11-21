--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44d28b9848e4dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefc244776154209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17fda504f256436f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37621bc883f94fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df3e61fea9243ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17fda504f256436f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8565dab98d864c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37621bc883f94fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,678</x:t>
-[...549 lines deleted...]
-          <x:t>176,605</x:t>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>