--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefc244776154209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d2af289af746ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37621bc883f94fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b7de11e94c41de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8565dab98d864c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37621bc883f94fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3562b9216c9044f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b7de11e94c41de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>158,612</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>