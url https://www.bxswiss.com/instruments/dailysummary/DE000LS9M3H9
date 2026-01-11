--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d2af289af746ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30f579c1a074206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b7de11e94c41de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eba2e1517be459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3562b9216c9044f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b7de11e94c41de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900eab9489984a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eba2e1517be459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>