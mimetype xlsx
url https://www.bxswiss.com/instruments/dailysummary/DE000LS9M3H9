--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30f579c1a074206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a15a418b134431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eba2e1517be459b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78304fe32ab74b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900eab9489984a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eba2e1517be459b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa32b00c142b4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78304fe32ab74b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HypeMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>165,530</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>