--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff7e10150e324118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccbc5e0483b44910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfd942ca8ee44462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cdfdaa1884d425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R315b013c93f14aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfd942ca8ee44462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce95fa1cff4445bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cdfdaa1884d425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Minen Meister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>