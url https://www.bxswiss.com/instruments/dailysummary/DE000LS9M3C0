--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccbc5e0483b44910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadb149f37514e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cdfdaa1884d425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4257a03991e64211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce95fa1cff4445bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cdfdaa1884d425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bc962a3b7e41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4257a03991e64211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Minen Meister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,987</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>