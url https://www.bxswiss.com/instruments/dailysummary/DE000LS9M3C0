--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadb149f37514e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422b7bd0fb514081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4257a03991e64211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba01da40cec4492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bc962a3b7e41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4257a03991e64211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7128fc1f2b74a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba01da40cec4492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Minen Meister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,927</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>