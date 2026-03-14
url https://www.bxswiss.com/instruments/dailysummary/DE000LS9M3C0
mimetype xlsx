--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422b7bd0fb514081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fca80804604cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba01da40cec4492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f65df5231d4b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7128fc1f2b74a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba01da40cec4492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278d0537c98b405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f65df5231d4b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Minen Meister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>