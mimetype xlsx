--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fe6bec675d46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7f6008b9b647d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963189c9efee408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420ee80aa1cd469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49e73f44b564443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963189c9efee408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9acf5f9664b4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420ee80aa1cd469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,035</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>162,816</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>162,546</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>