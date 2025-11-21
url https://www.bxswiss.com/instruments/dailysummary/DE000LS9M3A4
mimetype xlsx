--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7f6008b9b647d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4949f35b1b0544ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420ee80aa1cd469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9532819f9284965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9acf5f9664b4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420ee80aa1cd469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291228ed0a7c4c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9532819f9284965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>