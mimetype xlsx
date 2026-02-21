--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4949f35b1b0544ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2dd9b9081849de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9532819f9284965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9161af4c0e7f48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291228ed0a7c4c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9532819f9284965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb50ca4f17e4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9161af4c0e7f48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>157,566</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,749</x:t>
-[...58 lines deleted...]
-          <x:t>159,272</x:t>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>