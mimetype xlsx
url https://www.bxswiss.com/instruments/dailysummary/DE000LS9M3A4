--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2dd9b9081849de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58865796331542b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9161af4c0e7f48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a5e62f304b4341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb50ca4f17e4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9161af4c0e7f48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01d8d4ccbb4b4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a5e62f304b4341" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WM/EM Sport Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M3A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>