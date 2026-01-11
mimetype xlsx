--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e6416cbc3947cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08183fc9ac54b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cc9d0028d74ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ab7b0700524e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62c0f23bdc244df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cc9d0028d74ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec6a26cafa84687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ab7b0700524e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International ShareX30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>329,046</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>