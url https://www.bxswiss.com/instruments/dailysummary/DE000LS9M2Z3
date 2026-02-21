--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08183fc9ac54b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b8a985907b4db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ab7b0700524e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020c27d81c474e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec6a26cafa84687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ab7b0700524e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82811ef21154067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020c27d81c474e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International ShareX30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>330,441</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>