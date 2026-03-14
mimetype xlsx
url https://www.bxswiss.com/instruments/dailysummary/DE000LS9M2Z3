--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b8a985907b4db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05235bf67deb40b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020c27d81c474e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb3a4d1c8084994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82811ef21154067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020c27d81c474e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9909600f364790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb3a4d1c8084994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International ShareX30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>