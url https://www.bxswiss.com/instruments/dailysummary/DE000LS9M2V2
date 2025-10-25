--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1261b16137647df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9292bfa673334b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b1ff5c493104a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7148d4b68a4530"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a1da1f855a64d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b1ff5c493104a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d964cefd6f44b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7148d4b68a4530" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>