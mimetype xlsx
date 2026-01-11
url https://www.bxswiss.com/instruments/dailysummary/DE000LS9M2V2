--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9292bfa673334b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ac8b98ba6f4639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7148d4b68a4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf132837e39ac46e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d964cefd6f44b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7148d4b68a4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231cfcbe081e4a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf132837e39ac46e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,175</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>