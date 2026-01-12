--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ac8b98ba6f4639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra642caceb8334971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf132837e39ac46e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34bb54bb09ec48bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231cfcbe081e4a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf132837e39ac46e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0c1bd62eeb454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34bb54bb09ec48bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>