--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra642caceb8334971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648233551e5c47f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34bb54bb09ec48bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb8acd555a254ed1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0c1bd62eeb454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34bb54bb09ec48bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d664007e0d54ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb8acd555a254ed1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>187,299</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>