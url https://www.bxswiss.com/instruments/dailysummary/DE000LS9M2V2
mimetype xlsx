--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648233551e5c47f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4f620bb1974f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb8acd555a254ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56d8caa59324762"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d664007e0d54ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb8acd555a254ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fa23336b2941cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56d8caa59324762" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>M-DAXwerte selektiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>