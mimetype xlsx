--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149a27c514c44417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94120400b0604dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15788b4664f14f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f63465b2514ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd203b8c296e84f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15788b4664f14f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72083994eee4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f63465b2514ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Technologieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,897</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>