--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94120400b0604dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efd757e9300486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f63465b2514ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af9e437c9fd49b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72083994eee4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f63465b2514ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f46e4567694819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af9e437c9fd49b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Technologieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>