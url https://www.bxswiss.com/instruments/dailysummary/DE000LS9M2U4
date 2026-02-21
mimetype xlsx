--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efd757e9300486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf335cb65639c4ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af9e437c9fd49b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a8113ea9df4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f46e4567694819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af9e437c9fd49b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7988820a3ba4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a8113ea9df4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Technologieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,230</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>