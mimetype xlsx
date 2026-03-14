--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf335cb65639c4ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8f84fcf7244e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a8113ea9df4e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7911289808b3444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7988820a3ba4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a8113ea9df4e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8172b910d6aa488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7911289808b3444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Technologieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M2U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>