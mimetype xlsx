--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6cb86a78e04988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f2db84040e46aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd038c7dc693e4072"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea210d27c96544bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4963a8d97ab741b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd038c7dc693e4072" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3311108e39442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea210d27c96544bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>146,537</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,762</x:t>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>