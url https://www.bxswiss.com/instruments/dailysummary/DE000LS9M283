--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f2db84040e46aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60087adbfad4fe4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea210d27c96544bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893ded307c584370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3311108e39442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea210d27c96544bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b39d6232a7b4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893ded307c584370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>