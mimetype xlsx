--- v2 (2025-11-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60087adbfad4fe4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eabb4b3db7b4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893ded307c584370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cf502d6dd84ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b39d6232a7b4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893ded307c584370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cdebf9e2e24f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cf502d6dd84ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,769</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>