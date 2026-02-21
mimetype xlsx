--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eabb4b3db7b4d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70802bb01b9459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cf502d6dd84ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783d802ac45c4284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cdebf9e2e24f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cf502d6dd84ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518d923ff3cf4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783d802ac45c4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>161,831</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>