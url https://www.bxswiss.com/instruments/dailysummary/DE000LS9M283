--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70802bb01b9459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b364d6adf4043c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783d802ac45c4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R265510248226467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518d923ff3cf4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783d802ac45c4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb884fc6a53a648ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R265510248226467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konstante Geschäftsmodelle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>