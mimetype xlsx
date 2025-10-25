--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6179fade706499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd7441a2a324e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2c0fd805ff4f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7cb838ff124e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab05dfab5674a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2c0fd805ff4f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6d77d43f1f424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7cb838ff124e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>18,982</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,914</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>