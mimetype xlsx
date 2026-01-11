--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd7441a2a324e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5bc38e760d4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7cb838ff124e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173e2033e032407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6d77d43f1f424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7cb838ff124e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a2e962ad9c4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173e2033e032407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>18,477</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>