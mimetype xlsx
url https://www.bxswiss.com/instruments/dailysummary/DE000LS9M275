--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5bc38e760d4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09c1b103a28422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173e2033e032407f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5ffbe40a3a4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a2e962ad9c4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173e2033e032407f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c520876672467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5ffbe40a3a4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>17,467</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,766</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>20,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>