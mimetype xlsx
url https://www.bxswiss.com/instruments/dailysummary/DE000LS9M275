--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09c1b103a28422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd9952b29a44dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5ffbe40a3a4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a48480f506d468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c520876672467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5ffbe40a3a4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95302ed604842e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a48480f506d468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swing-Trading_Rebound-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>