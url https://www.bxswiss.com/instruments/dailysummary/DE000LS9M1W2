--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855e7a0f2039408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6dd133b04304f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14471cfa43f643f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18be6583923549c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93aef7fca93044a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14471cfa43f643f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65c996c26804e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18be6583923549c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1W2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>