--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6dd133b04304f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bdd1541e40d4c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18be6583923549c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56939f88a8e14658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65c996c26804e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18be6583923549c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e879df94cc4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56939f88a8e14658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1W2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,666</x:t>
-[...414 lines deleted...]
-          <x:t>76,943</x:t>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>