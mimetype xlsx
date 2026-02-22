--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bdd1541e40d4c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed5afed736a4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56939f88a8e14658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdacd9460974f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e879df94cc4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56939f88a8e14658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc89510f36c4646f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdacd9460974f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1W2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>