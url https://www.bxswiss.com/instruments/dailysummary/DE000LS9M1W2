--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed5afed736a4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f113df34314cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdacd9460974f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7987c80ab4604976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc89510f36c4646f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdacd9460974f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9fa1f900ac4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7987c80ab4604976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1W2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>86,313</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>86,847</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,283</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>86,131</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>