--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df70b7f95044bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2264c42c914bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362fcc7f56d242f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1442f148b2ec4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0780033943ed49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362fcc7f56d242f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88311cc83c604ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1442f148b2ec4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>