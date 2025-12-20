--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2264c42c914bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raceccdf1e2b34f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1442f148b2ec4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5214038807d4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88311cc83c604ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1442f148b2ec4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd23b4c6754d4d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5214038807d4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,600</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>