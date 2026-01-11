--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raceccdf1e2b34f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac2e059a4724071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5214038807d4e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afee8de7ab5431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd23b4c6754d4d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5214038807d4e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcc8f080bf240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afee8de7ab5431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>275,553</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,957</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>270,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>