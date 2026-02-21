--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac2e059a4724071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d58e62515c4648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afee8de7ab5431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28116c261f64827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcc8f080bf240df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afee8de7ab5431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6726209c08a24570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28116c261f64827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>267,850</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>