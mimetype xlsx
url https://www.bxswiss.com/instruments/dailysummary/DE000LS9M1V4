--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d58e62515c4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1861e0078f44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28116c261f64827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0507daac1044f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6726209c08a24570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28116c261f64827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406d5fc3dae54d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0507daac1044f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAx's two-way approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>