--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14c1c38392dd41e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3d7188cd2f4f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf610d33aca55415e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35242bcd8eda47f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf190825b2cf74e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf610d33aca55415e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71b222d1ace4e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35242bcd8eda47f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>