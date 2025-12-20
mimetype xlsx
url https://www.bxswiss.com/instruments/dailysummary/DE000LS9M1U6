--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3d7188cd2f4f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f0b5c7d3cb4f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35242bcd8eda47f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbbc4d7c739d4400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71b222d1ace4e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35242bcd8eda47f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30af93114f324756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbbc4d7c739d4400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>180,568</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>