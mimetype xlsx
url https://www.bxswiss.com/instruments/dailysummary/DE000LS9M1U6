--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f0b5c7d3cb4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b33e0eb86145b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbbc4d7c739d4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6444679a146c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30af93114f324756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbbc4d7c739d4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda7ba5e62984488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6444679a146c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>183,758</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,757</x:t>
-[...571 lines deleted...]
-          <x:t>183,325</x:t>
+          <x:t>185,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>