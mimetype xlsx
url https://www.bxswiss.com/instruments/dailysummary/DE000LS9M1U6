--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b33e0eb86145b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd6fe50025d49b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6444679a146c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df66449022c4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda7ba5e62984488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6444679a146c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e8f8db776744d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df66449022c4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,232</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>