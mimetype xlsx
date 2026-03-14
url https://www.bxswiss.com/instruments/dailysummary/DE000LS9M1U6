--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd6fe50025d49b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe4348dc34a54030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df66449022c4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b08d70621045a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e8f8db776744d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df66449022c4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2981e558fdd4307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b08d70621045a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1U6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>