--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f3f9bf315d4620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6e50253dcf4017" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a4bfda34594ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598a167131b14588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9567e5f44db147bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a4bfda34594ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b840ff748b410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598a167131b14588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AGAFA Network</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>571,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>