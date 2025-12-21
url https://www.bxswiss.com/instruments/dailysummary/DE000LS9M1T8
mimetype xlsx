--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6e50253dcf4017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545136dac0b2467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598a167131b14588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b5bfe4006d4b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b840ff748b410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598a167131b14588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46970df707b24101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b5bfe4006d4b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AGAFA Network</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>582,396</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>