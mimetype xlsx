--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545136dac0b2467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad2156f1b4e49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b5bfe4006d4b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e17b74f6584229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46970df707b24101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b5bfe4006d4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc3e50625db42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e17b74f6584229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AGAFA Network</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>612,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>