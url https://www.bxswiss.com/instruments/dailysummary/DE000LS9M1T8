--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad2156f1b4e49cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29db16f31364979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e17b74f6584229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38945f527d44835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc3e50625db42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e17b74f6584229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba3352fbc3a4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38945f527d44835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AGAFA Network</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>644,904</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>