--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29db16f31364979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463a30198cb04edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38945f527d44835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R989278d7a8104230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba3352fbc3a4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38945f527d44835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ed1d907d0447cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R989278d7a8104230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AGAFA Network</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>579,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>587,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>577,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>565,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>