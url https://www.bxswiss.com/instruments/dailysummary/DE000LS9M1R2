--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391c10b93e254282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b76b9eb259d4640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a4c77e0229b449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce49717f2a7940ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79574df6028d4ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a4c77e0229b449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096350c443fe4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce49717f2a7940ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bessere Chancen mit Nebenwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>84,158</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,085</x:t>
-[...53 lines deleted...]
-          <x:t>85,292</x:t>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>