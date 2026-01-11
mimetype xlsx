--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b76b9eb259d4640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7fc7005628446c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce49717f2a7940ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7128bb2eeb394b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096350c443fe4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce49717f2a7940ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bee7855392466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7128bb2eeb394b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bessere Chancen mit Nebenwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>