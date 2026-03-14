--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7fc7005628446c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd2d2f6c5544bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7128bb2eeb394b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28755c58cd74d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bee7855392466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7128bb2eeb394b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33091464e11746d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28755c58cd74d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bessere Chancen mit Nebenwerten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1R2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,709</x:t>
-[...279 lines deleted...]
-          <x:t>88,140</x:t>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>