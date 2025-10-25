--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075e372404fe4b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37549b6a6357497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff588e58c6d42ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f1e567d6e34169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8177e58478c94458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff588e58c6d42ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bf5643c8c347bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f1e567d6e34169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>161,844</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>169,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>