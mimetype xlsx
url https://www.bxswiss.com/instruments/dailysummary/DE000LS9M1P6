--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37549b6a6357497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b05ac0813141de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f1e567d6e34169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846a782d06704a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bf5643c8c347bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f1e567d6e34169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6448d2418b547bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846a782d06704a7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,292</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>