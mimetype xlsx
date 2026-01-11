--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b05ac0813141de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d90bbbfbcc465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846a782d06704a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97466119bd054d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6448d2418b547bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846a782d06704a7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ac617e7c343c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97466119bd054d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>