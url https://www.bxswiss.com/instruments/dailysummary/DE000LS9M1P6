--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d90bbbfbcc465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71a569735054696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97466119bd054d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref46ff44a4164a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ac617e7c343c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97466119bd054d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb381efee3f554e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref46ff44a4164a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>159,770</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>170,022</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>