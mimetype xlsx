--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71a569735054696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81b9111faf74dc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref46ff44a4164a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46b987719bd4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb381efee3f554e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref46ff44a4164a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0cdfa56bed432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46b987719bd4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IB-Insider-Börsenbrief Basis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1P6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>