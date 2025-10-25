--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce27227db704a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8153e71d88489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413dbd9462ef4140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e4915d183c4fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24a7412a8194ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413dbd9462ef4140" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fdc6da31ca4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e4915d183c4fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabisboom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>30,873</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>30,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,864</x:t>
-[...431 lines deleted...]
-          <x:t>30,764</x:t>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>