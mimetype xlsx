--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8153e71d88489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320ccfb0ca074b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e4915d183c4fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3262a1beafc4856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fdc6da31ca4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e4915d183c4fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef3d06541b44faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3262a1beafc4856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabisboom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>30,734</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,821</x:t>
-        </x:is>
-[...629 lines deleted...]
-          <x:t>30,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>