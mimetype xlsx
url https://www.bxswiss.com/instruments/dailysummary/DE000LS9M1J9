--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320ccfb0ca074b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31431243f424f66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3262a1beafc4856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998f0754467a4a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef3d06541b44faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3262a1beafc4856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b49906c85e44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998f0754467a4a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabisboom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>30,821</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>