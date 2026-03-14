--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31431243f424f66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d3e8d5f7ca4884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998f0754467a4a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ae8bc003c64992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b49906c85e44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998f0754467a4a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884c43f4a7384202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ae8bc003c64992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabisboom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>30,818</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,784</x:t>
-[...75 lines deleted...]
-          <x:t>30,417</x:t>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,469</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>30,408</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,287</x:t>
-[...21 lines deleted...]
-          <x:t>30,200</x:t>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>30,500</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>