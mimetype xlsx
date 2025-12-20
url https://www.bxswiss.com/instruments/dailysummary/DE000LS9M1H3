--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6e7f4a4b194716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e83478b9914c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45c175e7432473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba0e7620cc046dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02bedfe5fc244ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45c175e7432473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef4cb4d942e4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba0e7620cc046dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenkoenig - Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>76,556</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,679</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>77,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>