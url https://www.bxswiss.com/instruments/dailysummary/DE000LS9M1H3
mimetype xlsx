--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e83478b9914c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3c95a7ea0e48ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba0e7620cc046dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184697eeb4ee48d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef4cb4d942e4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba0e7620cc046dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299c20f9ff744119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184697eeb4ee48d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenkoenig - Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>76,576</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,567</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>76,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,679</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>