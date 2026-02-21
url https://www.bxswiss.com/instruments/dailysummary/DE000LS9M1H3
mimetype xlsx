--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3c95a7ea0e48ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R841348c014df40e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184697eeb4ee48d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bffb54ddda4338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299c20f9ff744119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184697eeb4ee48d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5ae68ee6f5486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bffb54ddda4338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenkoenig - Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>76,839</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,162</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>78,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>