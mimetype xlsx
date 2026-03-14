--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R841348c014df40e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d36fb6bd2e4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bffb54ddda4338"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3ba19b1cd24538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5ae68ee6f5486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bffb54ddda4338" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd877cde8d2f14688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3ba19b1cd24538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenkoenig - Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>76,457</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>75,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>