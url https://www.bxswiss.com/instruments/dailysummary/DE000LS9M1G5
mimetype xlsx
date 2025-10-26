--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132a5f4834d649c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994260be1d234d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3686e8d1deb4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1559f6a76d0c4259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19874697a9274be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3686e8d1deb4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra317c2a1c5384208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1559f6a76d0c4259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>