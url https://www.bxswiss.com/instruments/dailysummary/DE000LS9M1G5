--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994260be1d234d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3c1884921e43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1559f6a76d0c4259"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0e008a103248b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra317c2a1c5384208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1559f6a76d0c4259" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5538b67c62ff44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0e008a103248b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>267,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>