--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3c1884921e43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1426c4b80a4523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0e008a103248b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9720eb23cac14a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5538b67c62ff44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0e008a103248b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b03f5a807c4b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9720eb23cac14a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>277,624</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>