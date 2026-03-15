--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1426c4b80a4523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a716a430f94f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9720eb23cac14a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67b8c8346af435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b03f5a807c4b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9720eb23cac14a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fdfd69633a44997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67b8c8346af435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1G5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>