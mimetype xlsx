--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc53cd38776d744d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f3d848fd5c4f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9023d060efd4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb454493f45d84240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05208f7e2f2405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9023d060efd4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31488f35b76349bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb454493f45d84240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieNachLevermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,976</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>