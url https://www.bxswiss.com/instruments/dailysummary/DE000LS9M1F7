--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f3d848fd5c4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d1c8d5fba14056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb454493f45d84240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc262a41b320f43b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31488f35b76349bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb454493f45d84240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2acea4a50284695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc262a41b320f43b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieNachLevermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>110,898</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,342</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>108,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>