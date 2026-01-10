--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d1c8d5fba14056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890f7483ef784e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc262a41b320f43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R159ddaf237a84f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2acea4a50284695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc262a41b320f43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re681302873124849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R159ddaf237a84f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieNachLevermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>