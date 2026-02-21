--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890f7483ef784e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2ced03ab0d481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R159ddaf237a84f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea61f38368094f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re681302873124849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R159ddaf237a84f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e64edc9bb14c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea61f38368094f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieNachLevermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>115,139</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>