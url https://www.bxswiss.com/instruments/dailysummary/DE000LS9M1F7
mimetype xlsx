--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2ced03ab0d481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d9f849c78a4900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea61f38368094f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba0dd0152684be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e64edc9bb14c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea61f38368094f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bffdd375584d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba0dd0152684be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieNachLevermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M1F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,684</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>112,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,502</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>