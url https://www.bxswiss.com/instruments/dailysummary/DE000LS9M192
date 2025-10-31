--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c99bd2e2ef54fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6259c74db14b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c2c6dc05474aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a3cf1c8f48b46e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bcf2884a4841a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c2c6dc05474aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac0e571521834409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a3cf1c8f48b46e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>550,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>551,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>546,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>