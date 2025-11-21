--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6259c74db14b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R303c949e5c8141e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a3cf1c8f48b46e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaf616fadaf49ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac0e571521834409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a3cf1c8f48b46e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b35b30462084709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaf616fadaf49ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>535,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>526,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>