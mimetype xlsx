--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R303c949e5c8141e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d39b60d61c34a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaf616fadaf49ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5141d1a3f157458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b35b30462084709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaf616fadaf49ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e6201c90d64f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5141d1a3f157458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>