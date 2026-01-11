--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d39b60d61c34a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3063ec312c824547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5141d1a3f157458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1315f7dfccd74540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e6201c90d64f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5141d1a3f157458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a61448ab6c44aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1315f7dfccd74540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>