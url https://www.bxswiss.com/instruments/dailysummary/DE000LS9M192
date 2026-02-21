--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3063ec312c824547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0539933ba0364750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1315f7dfccd74540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fca4a115fd4e81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a61448ab6c44aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1315f7dfccd74540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14150f67bf5498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fca4a115fd4e81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Bastard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>565,121</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>