--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b434ed20b6a4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dc06a2982d4d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d34f918bbc84eaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae3a7ac01f5487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14159238cbe243a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d34f918bbc84eaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72253aedde874444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae3a7ac01f5487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>