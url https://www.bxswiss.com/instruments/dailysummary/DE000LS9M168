--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dc06a2982d4d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22d865895494be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae3a7ac01f5487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7b670b196c46a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72253aedde874444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae3a7ac01f5487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270cf622afe641e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7b670b196c46a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>