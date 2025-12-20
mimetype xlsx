--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22d865895494be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5508180316c4dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7b670b196c46a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf7e4145942d4bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270cf622afe641e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7b670b196c46a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a657bc6743a481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf7e4145942d4bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>