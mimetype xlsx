--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5508180316c4dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22764001679543aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf7e4145942d4bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e6698757344174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a657bc6743a481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf7e4145942d4bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ee17404c4f40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e6698757344174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>