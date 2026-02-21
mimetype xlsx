--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22764001679543aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95535a83aa6e41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e6698757344174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6a74db58d84f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ee17404c4f40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e6698757344174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade180cdb213489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6a74db58d84f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>320,737</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>