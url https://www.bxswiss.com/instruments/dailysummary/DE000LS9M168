--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95535a83aa6e41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2003bbcd9d49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6a74db58d84f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R360c98ee62be4c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade180cdb213489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6a74db58d84f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c808f0de06747ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R360c98ee62be4c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stock Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>