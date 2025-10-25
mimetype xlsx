--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f155a3669d649ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7686454bd7cc4a75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3119032b34784c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103fc9ceecb9444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf4c172520e64dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3119032b34784c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adfb669e47547d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103fc9ceecb9444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>