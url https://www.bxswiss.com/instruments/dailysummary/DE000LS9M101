--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7686454bd7cc4a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbf26b3fce6471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103fc9ceecb9444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba22b30ad5b4f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adfb669e47547d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103fc9ceecb9444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03250365862e47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba22b30ad5b4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>368,289</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>