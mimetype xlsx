--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbf26b3fce6471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc9bb7dde7f0419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba22b30ad5b4f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef56c7f249e417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03250365862e47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba22b30ad5b4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a413ebb53d14336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef56c7f249e417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>