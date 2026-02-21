--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc9bb7dde7f0419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd032c0be95ea4bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef56c7f249e417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50319126e47048be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a413ebb53d14336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef56c7f249e417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e343f7ab09f44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50319126e47048be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>353,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>