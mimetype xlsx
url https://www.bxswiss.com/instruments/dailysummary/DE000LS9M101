--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd032c0be95ea4bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59aa52bc55af4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50319126e47048be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356706f7526d4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e343f7ab09f44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50319126e47048be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e50e3d1ecc74aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356706f7526d4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>