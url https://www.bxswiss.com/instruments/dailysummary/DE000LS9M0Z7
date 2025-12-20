--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb514a2481649c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d148073ab24441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a01c2d68ee426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e04d8327550458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f94f7e8f50e4384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a01c2d68ee426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3abac9cbee64be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e04d8327550458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Little Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M0Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,621</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>