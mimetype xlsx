--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d148073ab24441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac086ff188f49c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e04d8327550458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa428aae79a446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3abac9cbee64be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e04d8327550458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bcf95945064b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa428aae79a446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Little Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M0Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,204</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>