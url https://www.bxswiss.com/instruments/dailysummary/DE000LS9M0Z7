--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac086ff188f49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra980dac3b0ad4078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa428aae79a446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5e4516707f4f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bcf95945064b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa428aae79a446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d9dfba552bf4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5e4516707f4f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Little Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M0Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>