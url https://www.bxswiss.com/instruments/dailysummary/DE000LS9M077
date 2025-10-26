--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra710c0fc389b4005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b6913e7c114bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9344a81d4fd4609"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63c93870544f4ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc98ffebcfa04539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9344a81d4fd4609" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d71604d28a54def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63c93870544f4ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Qualitätswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>133,345</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,189</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>134,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,105</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>