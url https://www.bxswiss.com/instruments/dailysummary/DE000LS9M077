--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b6913e7c114bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61440a996b54e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63c93870544f4ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re221514fc2704dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d71604d28a54def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63c93870544f4ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f8156e7c6a42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re221514fc2704dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Qualitätswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>136,884</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,174</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>137,427</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>