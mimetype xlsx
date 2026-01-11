--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61440a996b54e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5a4cf837de4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re221514fc2704dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ee603c8c9c4efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f8156e7c6a42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re221514fc2704dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1473218eadb7448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ee603c8c9c4efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Qualitätswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,882</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,453</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>