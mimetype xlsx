--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5a4cf837de4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf4d7b5ed514230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ee603c8c9c4efd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc24b810f09463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1473218eadb7448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ee603c8c9c4efd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f24c5051da34e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc24b810f09463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Qualitätswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>136,972</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,904</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>142,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>