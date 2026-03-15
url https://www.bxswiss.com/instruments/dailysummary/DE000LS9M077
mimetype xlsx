--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf4d7b5ed514230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d15b05b8644f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc24b810f09463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc7a9cc0894b49d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f24c5051da34e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc24b810f09463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb012e763d7074e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc7a9cc0894b49d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Qualitätswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>