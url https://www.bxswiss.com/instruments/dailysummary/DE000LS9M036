--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5549ed2d64c47cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff92df6ee544da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a3f93a0276c4b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5767ba847b884491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ceb1602c77402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a3f93a0276c4b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef5bf7a40334a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5767ba847b884491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German SME</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>