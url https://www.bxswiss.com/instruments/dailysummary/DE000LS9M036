--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff92df6ee544da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5be971bb8244ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5767ba847b884491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f902094daea4ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef5bf7a40334a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5767ba847b884491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830c4a24bcc14843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f902094daea4ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German SME</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,443</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>