--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5be971bb8244ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cec6fef0224c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f902094daea4ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb18980e09a7643af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830c4a24bcc14843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f902094daea4ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70cd22398d2641f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb18980e09a7643af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German SME</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,923</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>