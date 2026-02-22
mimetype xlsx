--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cec6fef0224c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad952b5b94314e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb18980e09a7643af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30e5d4eb95d4c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70cd22398d2641f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb18980e09a7643af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8771c4c8cf4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30e5d4eb95d4c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German SME</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>116,701</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,343</x:t>
-[...323 lines deleted...]
-          <x:t>118,608</x:t>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>