--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad952b5b94314e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49efd0f9a2949b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30e5d4eb95d4c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37156ce27e384404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8771c4c8cf4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30e5d4eb95d4c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c34fee30dd94e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37156ce27e384404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German SME</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>116,528</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,704</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,950</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>