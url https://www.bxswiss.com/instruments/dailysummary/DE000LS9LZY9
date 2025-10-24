--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f58b221aec644a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e7f2fa56584068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95216434289436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa381213e094cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red54759a2d17448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95216434289436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf5939389a6c4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa381213e094cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Coeurzull</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>75,385</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,806</x:t>
-[...33 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,197</x:t>
-[...220 lines deleted...]
-          <x:t>74,864</x:t>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,036</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>74,844</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>