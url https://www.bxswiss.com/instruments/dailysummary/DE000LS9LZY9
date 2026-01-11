--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e7f2fa56584068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e6e0750fcf43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa381213e094cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d69bdc611a543c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf5939389a6c4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa381213e094cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aaeae8d1eb4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d69bdc611a543c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Coeurzull</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>73,029</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>