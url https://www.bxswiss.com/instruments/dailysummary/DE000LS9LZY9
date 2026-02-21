--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e6e0750fcf43f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a13de94f0f487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d69bdc611a543c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37893e65f554a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aaeae8d1eb4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d69bdc611a543c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af7c4f34bf24d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37893e65f554a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Coeurzull</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>74,911</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>