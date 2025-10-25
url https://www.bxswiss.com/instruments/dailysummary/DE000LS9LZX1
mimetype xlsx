--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87e771168524312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b8dede766b466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8889622ddb914172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea2e1c4d6d04ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra845c627f0634f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8889622ddb914172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6b2097d100449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea2e1c4d6d04ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>768,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>785,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>768,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>781,461</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>785,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>787,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>774,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>777,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>