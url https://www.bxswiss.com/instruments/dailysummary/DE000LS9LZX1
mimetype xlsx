--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b8dede766b466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2f1e1fd26c4fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea2e1c4d6d04ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda45c26ac7a742e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6b2097d100449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea2e1c4d6d04ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ede1f1ebb448dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda45c26ac7a742e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>800,203</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>