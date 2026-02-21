--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2f1e1fd26c4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f446d815b44361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda45c26ac7a742e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21975a9fc1b34319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ede1f1ebb448dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda45c26ac7a742e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4481b61377e4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21975a9fc1b34319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>841,621</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>