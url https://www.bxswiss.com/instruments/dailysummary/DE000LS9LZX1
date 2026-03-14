--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f446d815b44361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97dd28a2acbc47cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21975a9fc1b34319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1241a712c8604f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4481b61377e4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21975a9fc1b34319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334000e1c6e649f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1241a712c8604f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>767,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>768,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>756,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>762,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>753,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>750,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>757,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>