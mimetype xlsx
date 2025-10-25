--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74eb1f77bdc44925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec20e181322544f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca71c8ac8d54e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a69945c159644a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd223f81c5e49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca71c8ac8d54e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966b4ffae9df43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a69945c159644a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>