--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec20e181322544f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f34363dfdd44f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a69945c159644a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cbc7a9bdd04c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966b4ffae9df43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a69945c159644a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfcca46ed734e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cbc7a9bdd04c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>151,067</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,872</x:t>
-[...242 lines deleted...]
-          <x:t>148,754</x:t>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>