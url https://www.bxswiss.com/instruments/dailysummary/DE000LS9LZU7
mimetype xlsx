--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f34363dfdd44f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334dc04602ad4ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67cbc7a9bdd04c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c27f701f7c349a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfcca46ed734e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67cbc7a9bdd04c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c919096c5c04a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c27f701f7c349a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>148,429</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,765</x:t>
-[...264 lines deleted...]
-          <x:t>151,631</x:t>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,706</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>146,087</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>