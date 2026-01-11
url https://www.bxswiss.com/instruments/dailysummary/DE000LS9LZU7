--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334dc04602ad4ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf96ba6ad8ab4e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c27f701f7c349a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472ab3f7b4ea4524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c919096c5c04a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c27f701f7c349a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a662a320594f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472ab3f7b4ea4524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>