--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf96ba6ad8ab4e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a77ff0bc4424fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472ab3f7b4ea4524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076adf01958d43ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a662a320594f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472ab3f7b4ea4524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1c483d3a884a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076adf01958d43ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,097</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>