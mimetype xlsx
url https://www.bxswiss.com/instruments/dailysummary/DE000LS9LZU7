--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a77ff0bc4424fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6532713690f54377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076adf01958d43ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67189829050d484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1c483d3a884a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076adf01958d43ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc2b3fdfcb54cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67189829050d484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Charts im Contest!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>