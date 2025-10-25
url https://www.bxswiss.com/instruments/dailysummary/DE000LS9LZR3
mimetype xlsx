--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4691365e1e91409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3631b5f15ee48ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f72e742390e4b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ad4d82f4dd4e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839eb9f2555843d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f72e742390e4b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f0675ca60b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ad4d82f4dd4e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>607,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>644,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>