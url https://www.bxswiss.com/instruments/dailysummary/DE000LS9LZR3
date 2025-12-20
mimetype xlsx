--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3631b5f15ee48ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6819372efc2e47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ad4d82f4dd4e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820afdd81556496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f0675ca60b43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ad4d82f4dd4e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra63a50e837b347df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820afdd81556496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>604,629</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>606,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>626,318</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>