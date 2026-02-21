--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6819372efc2e47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6593f712289547e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820afdd81556496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a068eb118ab4eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra63a50e837b347df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820afdd81556496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a555632df45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a068eb118ab4eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>606,788</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>