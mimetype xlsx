--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6593f712289547e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e47c801a7d4be0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a068eb118ab4eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4721404377469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a555632df45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a068eb118ab4eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025ce4806e754302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4721404377469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>612,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>