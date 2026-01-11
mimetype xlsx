--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c09da63a817496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1026926583402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R559e9cfaa4e144f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06a5f6fcf004a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5cfde1b6b54d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R559e9cfaa4e144f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c9b37719cd463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06a5f6fcf004a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Spuren von Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,358</x:t>
-[...36 lines deleted...]
-          <x:t>185,249</x:t>
+          <x:t>186,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>