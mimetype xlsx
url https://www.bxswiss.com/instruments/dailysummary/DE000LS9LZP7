--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1026926583402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20658148b68b4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06a5f6fcf004a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2941fa7a7974327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c9b37719cd463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06a5f6fcf004a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375bf5306bde41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2941fa7a7974327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Spuren von Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>