--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20658148b68b4d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9be2e77b59f4031" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2941fa7a7974327"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c14b1b869a438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375bf5306bde41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2941fa7a7974327" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41228fc47824432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c14b1b869a438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Spuren von Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>187,979</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>