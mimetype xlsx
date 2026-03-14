--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9be2e77b59f4031" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5732a74133854ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c14b1b869a438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaabe108980f4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41228fc47824432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c14b1b869a438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf780d114487b4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaabe108980f4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf den Spuren von Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>181,416</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,392</x:t>
-[...463 lines deleted...]
-          <x:t>182,811</x:t>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>