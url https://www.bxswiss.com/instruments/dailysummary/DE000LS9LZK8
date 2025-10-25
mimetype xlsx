--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a8b948e96249a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7dcc9b8eecc468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R108926f416bb4971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1cdccb43f64817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf049fd9ffcd34f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R108926f416bb4971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0af3d5c58bf4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1cdccb43f64817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueGold Invest Wasser EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>