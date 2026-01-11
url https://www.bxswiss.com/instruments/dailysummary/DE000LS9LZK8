--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7dcc9b8eecc468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffef2f48f785408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1cdccb43f64817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a1646f56842d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0af3d5c58bf4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1cdccb43f64817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c3bb7b3c5b4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a1646f56842d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueGold Invest Wasser EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,364</x:t>
-[...414 lines deleted...]
-          <x:t>126,432</x:t>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>