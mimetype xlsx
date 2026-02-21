--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffef2f48f785408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf5d71ebd6244ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7a1646f56842d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f89da72c0c54fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c3bb7b3c5b4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7a1646f56842d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a263cb2046e4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f89da72c0c54fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueGold Invest Wasser EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,113</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>