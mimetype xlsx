--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf5d71ebd6244ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re506ec20b7f54921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f89da72c0c54fc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dda9541995940be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a263cb2046e4a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f89da72c0c54fc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cfe498a3b644913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dda9541995940be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueGold Invest Wasser EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>