--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b113f8d626b4f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af225e6cb6442a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e68942277e4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea68f37372f428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3469917bfe44ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e68942277e4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209ec5cabb08419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea68f37372f428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Ten Favorits</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>526,228</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>