--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af225e6cb6442a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb5787bea6e468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea68f37372f428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1bd8e974607487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209ec5cabb08419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea68f37372f428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a1f1a5d91546cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1bd8e974607487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Ten Favorits</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>534,131</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>