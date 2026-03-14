--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb5787bea6e468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dab962d401c4a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1bd8e974607487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e06742324714d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a1f1a5d91546cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1bd8e974607487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51814ed466f4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e06742324714d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Ten Favorits</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>