--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9477d6f7047421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577b7e7ac9c542cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R514ecd8ca5fa469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58e716f87bc453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78ab35859de4100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R514ecd8ca5fa469a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56615f1c0ba04258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58e716f87bc453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental-Scoring-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>