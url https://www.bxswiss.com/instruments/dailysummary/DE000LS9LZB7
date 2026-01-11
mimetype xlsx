--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577b7e7ac9c542cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d3a18db8a74844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58e716f87bc453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd0c421995f49f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56615f1c0ba04258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58e716f87bc453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a24b92692874e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd0c421995f49f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental-Scoring-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,165</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>