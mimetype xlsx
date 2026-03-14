--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d3a18db8a74844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdebf12fc07004f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd0c421995f49f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c40d4c4ac84a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a24b92692874e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd0c421995f49f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree06b624ff214312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c40d4c4ac84a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental-Scoring-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,276</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>