--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3ecf2142c54d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b9a7925ae44a6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra49cdeee28e145ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1150badb00e64128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882661ca54bf490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra49cdeee28e145ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55227ef5981942d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1150badb00e64128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>89,715</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,639</x:t>
-[...372 lines deleted...]
-          <x:t>85,204</x:t>
+          <x:t>86,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,216</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>