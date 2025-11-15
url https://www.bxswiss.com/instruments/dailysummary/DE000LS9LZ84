--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b9a7925ae44a6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2a119a24d545d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1150badb00e64128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01ee144cf4447c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55227ef5981942d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1150badb00e64128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb66ca21d82943ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01ee144cf4447c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>