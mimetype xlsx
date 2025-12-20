--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2a119a24d545d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0034d339511a44db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01ee144cf4447c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra108e5f1dc604c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb66ca21d82943ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01ee144cf4447c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6fe3a00ea04395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra108e5f1dc604c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>