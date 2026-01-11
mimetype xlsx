--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0034d339511a44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24828ca286df465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra108e5f1dc604c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7467ced365a34636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6fe3a00ea04395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra108e5f1dc604c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra123a2a530004459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7467ced365a34636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>80,386</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,211</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>79,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,420</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>