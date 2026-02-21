--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24828ca286df465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fcfaf5646aa4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7467ced365a34636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3bcac74f774af1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra123a2a530004459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7467ced365a34636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc86f1e0c751f4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3bcac74f774af1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Top Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,396</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>