--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac2ada0207564bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c78c4f807d42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a22584f52b4021"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cefb57577ea45bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddcb32fcbe0f4512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a22584f52b4021" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eb5fc76303429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cefb57577ea45bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>106,550</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>106,704</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>106,803</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,910</x:t>
-[...21 lines deleted...]
-          <x:t>105,870</x:t>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>106,258</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>