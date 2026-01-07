--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c78c4f807d42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2da074205cf4f9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cefb57577ea45bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e6248ed4f64dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eb5fc76303429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cefb57577ea45bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5af0b4f1ef244ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e6248ed4f64dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,430 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,688</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>