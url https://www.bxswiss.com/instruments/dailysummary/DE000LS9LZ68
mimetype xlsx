--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2da074205cf4f9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe77918c8ae04514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e6248ed4f64dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad652c134984969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5af0b4f1ef244ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e6248ed4f64dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b08403b2b4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad652c134984969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,430 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,356</x:t>
-[...252 lines deleted...]
-          <x:t>104,822</x:t>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>