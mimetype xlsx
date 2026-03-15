--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe77918c8ae04514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3ae2a34cd04ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad652c134984969"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d28a2d920041f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b08403b2b4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad652c134984969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20a4fa1ea7b48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d28a2d920041f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LZ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>