--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb014a1564d24326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c36cc7e66444e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2192236d7fe4443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117c5f2df1e241bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9350c2dd4724440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2192236d7fe4443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd809a1409fc41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117c5f2df1e241bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Dividendenrendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>