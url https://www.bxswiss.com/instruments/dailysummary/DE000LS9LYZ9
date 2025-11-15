--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c36cc7e66444e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree22b492f2d747a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117c5f2df1e241bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78692e23ffce45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd809a1409fc41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117c5f2df1e241bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a1fd332111470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78692e23ffce45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Dividendenrendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>177,052</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,364</x:t>
-[...340 lines deleted...]
-          <x:t>174,522</x:t>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,083</x:t>
-[...139 lines deleted...]
-          <x:t>178,139</x:t>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>