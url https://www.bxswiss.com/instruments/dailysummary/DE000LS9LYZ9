--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree22b492f2d747a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3910aa403bc4297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78692e23ffce45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R461f8ca8d4134990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a1fd332111470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78692e23ffce45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce15b7fd9bc14104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R461f8ca8d4134990" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Dividendenrendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>178,887</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>