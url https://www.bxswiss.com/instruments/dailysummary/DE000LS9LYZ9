--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3910aa403bc4297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07cb1b544adc43f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R461f8ca8d4134990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fd887f9dae4398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce15b7fd9bc14104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R461f8ca8d4134990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd6670d4e504823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fd887f9dae4398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Dividendenrendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>