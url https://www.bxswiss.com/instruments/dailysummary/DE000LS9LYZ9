--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07cb1b544adc43f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7c40ee214c4098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fd887f9dae4398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287c89236faf47bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd6670d4e504823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fd887f9dae4398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf241035320e34d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287c89236faf47bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Dividendenrendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>194,154</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,530</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>195,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,081</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>