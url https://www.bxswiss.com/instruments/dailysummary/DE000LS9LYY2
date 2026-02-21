--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4086ba9f62d04314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc943479c0a234eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba19b89e65a34c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae33545ffac8405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb6b553a6754ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba19b89e65a34c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f85f972e6344c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae33545ffac8405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>164,672</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>