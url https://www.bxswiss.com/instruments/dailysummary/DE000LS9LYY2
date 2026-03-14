--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc943479c0a234eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3088b30ea84578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae33545ffac8405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854e11a0c7f84784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f85f972e6344c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae33545ffac8405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82a63491d7f46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854e11a0c7f84784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>