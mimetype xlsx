--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff9583694d2443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ba53f628f64fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7f5694c19c448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62265d56a0d14a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d2da735655445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7f5694c19c448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff492c0372342f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62265d56a0d14a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte durch Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>249,349</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>254,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>