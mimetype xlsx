--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ba53f628f64fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f20194cf50b45b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62265d56a0d14a7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dced7a7ba84926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff492c0372342f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62265d56a0d14a7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4572a087cd514ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dced7a7ba84926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte durch Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>