--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f20194cf50b45b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re495fb9835104791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dced7a7ba84926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380d76b5b76345f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4572a087cd514ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dced7a7ba84926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e631c722e24cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380d76b5b76345f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte durch Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>251,420</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>