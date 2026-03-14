--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re495fb9835104791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb8686333cd404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380d76b5b76345f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30346b442ba4cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e631c722e24cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380d76b5b76345f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015e952e09f047c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30346b442ba4cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte durch Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>226,146</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>226,377</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>