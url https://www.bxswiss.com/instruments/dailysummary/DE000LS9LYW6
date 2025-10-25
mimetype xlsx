--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e563e071e14521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73dd38fb0f1f4a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8526c21a2adf44c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd030bba8dbb74add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c09fb9d87c4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8526c21a2adf44c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96528227084b4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd030bba8dbb74add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - D Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>131,425</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,531</x:t>
-[...560 lines deleted...]
-        <x:is>
           <x:t>132,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,144</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>