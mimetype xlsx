--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73dd38fb0f1f4a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a99f579c1a41fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd030bba8dbb74add"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63fc0088a5d24b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96528227084b4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd030bba8dbb74add" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd253fcfb39b14b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63fc0088a5d24b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - D Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>