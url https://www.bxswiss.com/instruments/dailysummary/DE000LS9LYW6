--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a99f579c1a41fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc741fa6c4643f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63fc0088a5d24b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbe1519675844f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd253fcfb39b14b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63fc0088a5d24b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea70988eb744720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbe1519675844f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - D Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>132,876</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>127,564</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>