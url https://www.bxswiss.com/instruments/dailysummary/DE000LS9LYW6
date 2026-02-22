--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc741fa6c4643f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ac2399d332477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbe1519675844f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d7aaa5a142140cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea70988eb744720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbe1519675844f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecb8f88d6934484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d7aaa5a142140cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - D Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,767</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>