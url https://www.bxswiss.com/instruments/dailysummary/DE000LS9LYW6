--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ac2399d332477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cff9f4fc40461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d7aaa5a142140cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e746304c1d44c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecb8f88d6934484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d7aaa5a142140cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa6d856415a4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e746304c1d44c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - D Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>