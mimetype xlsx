--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61495c99289a4727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e284adc3bbf4e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d41681f4244a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8417516bec1d4134"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0836fb7117914b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d41681f4244a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb978947b516742db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8417516bec1d4134" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>