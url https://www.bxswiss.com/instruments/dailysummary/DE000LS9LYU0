--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e284adc3bbf4e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb09421be971451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8417516bec1d4134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8381d4acc561468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb978947b516742db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8417516bec1d4134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc449d7abc0d2454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8381d4acc561468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>