--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb09421be971451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003b55e359904490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8381d4acc561468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R060320d4360a418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc449d7abc0d2454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8381d4acc561468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8e69e6aa584053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R060320d4360a418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,023</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>