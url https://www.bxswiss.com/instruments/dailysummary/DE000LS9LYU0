--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003b55e359904490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafbdb90bad4b4495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R060320d4360a418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5950bbbc830c4ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8e69e6aa584053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R060320d4360a418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe6b5ce931b4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5950bbbc830c4ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>326,352</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>