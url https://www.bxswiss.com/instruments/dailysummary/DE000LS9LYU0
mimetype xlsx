--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafbdb90bad4b4495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re25ff65861de4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5950bbbc830c4ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00c9351ef264ada"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe6b5ce931b4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5950bbbc830c4ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c96f9dea82b466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00c9351ef264ada" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JustInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>