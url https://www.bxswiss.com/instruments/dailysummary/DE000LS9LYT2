--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13725b848d5f4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a9fef288644328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R234fb984b7a14ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb274b51386114587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8853c33488140c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R234fb984b7a14ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168cc1e370a84154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb274b51386114587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>82,516</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,556</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>15.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,643</x:t>
-[...43 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,399</x:t>
-[...306 lines deleted...]
-          <x:t>82,519</x:t>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>