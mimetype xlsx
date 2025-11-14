--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a9fef288644328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b999d971f14062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb274b51386114587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21617375e6f4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168cc1e370a84154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb274b51386114587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf819ab85d12d4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21617375e6f4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,239</x:t>
+          <x:t>82,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,160</x:t>
-[...350 lines deleted...]
-          <x:t>81,630</x:t>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>