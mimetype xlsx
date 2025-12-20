--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b999d971f14062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94761816cf644a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21617375e6f4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c8129b30b4fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf819ab85d12d4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21617375e6f4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9656cc427c64d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c8129b30b4fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>82,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,194</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>81,897</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,122</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>81,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>