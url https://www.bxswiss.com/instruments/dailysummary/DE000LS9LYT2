--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94761816cf644a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51ee2faf938400f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c8129b30b4fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0678881a4e774475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9656cc427c64d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c8129b30b4fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5f5d66200e420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0678881a4e774475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>82,053</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,921</x:t>
-[...566 lines deleted...]
-          <x:t>82,122</x:t>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>