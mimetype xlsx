--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51ee2faf938400f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5054a6fd4945cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0678881a4e774475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848c15d2d87640d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5f5d66200e420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0678881a4e774475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fca2e34eabf4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848c15d2d87640d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,098</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>