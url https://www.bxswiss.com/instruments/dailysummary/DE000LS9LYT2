--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5054a6fd4945cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02dee08035464357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848c15d2d87640d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c938d842f24c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fca2e34eabf4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848c15d2d87640d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6128739ea619453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c938d842f24c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>