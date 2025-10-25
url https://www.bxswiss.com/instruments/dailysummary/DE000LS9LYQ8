--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1f495195974cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb862483c36f84a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3daac260c913457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940ba93ee27040a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17f89fe5d774d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3daac260c913457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b90182b3f849f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940ba93ee27040a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>