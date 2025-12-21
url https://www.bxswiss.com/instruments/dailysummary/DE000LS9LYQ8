--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb862483c36f84a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633eddd28dcb44ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940ba93ee27040a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a12894bb734b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b90182b3f849f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940ba93ee27040a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7b39c9efbb4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a12894bb734b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,292</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>