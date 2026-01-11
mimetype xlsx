--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633eddd28dcb44ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17939a95bea4770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a12894bb734b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50971642a8c24835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7b39c9efbb4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a12894bb734b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b287cb607674dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50971642a8c24835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>