--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17939a95bea4770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb0c925cd6b41bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50971642a8c24835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e7d3feab2e436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b287cb607674dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50971642a8c24835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdca376318c0d4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e7d3feab2e436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,440</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>