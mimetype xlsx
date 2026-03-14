--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb0c925cd6b41bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702096c13d8940a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e7d3feab2e436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae5002be95342ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdca376318c0d4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e7d3feab2e436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74ba435d08424237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae5002be95342ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>