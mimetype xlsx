--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2bf25fce414fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce532bf27f54722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R426afcefd3c84940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0f6771e6304f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8816c94804a7479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R426afcefd3c84940" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4504f24e408d4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0f6771e6304f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>