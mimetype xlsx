--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce532bf27f54722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904e23cf72d3453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0f6771e6304f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c4f691bccd4968"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4504f24e408d4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0f6771e6304f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77651c4303534a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c4f691bccd4968" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,539</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>