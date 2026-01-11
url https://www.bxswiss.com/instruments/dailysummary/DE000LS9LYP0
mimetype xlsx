--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904e23cf72d3453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0dbfa224f24502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c4f691bccd4968"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d351f9545e84395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77651c4303534a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c4f691bccd4968" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1512e3b0c84bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d351f9545e84395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>