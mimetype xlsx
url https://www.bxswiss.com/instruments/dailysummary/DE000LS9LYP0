--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0dbfa224f24502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c955b78b44a4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d351f9545e84395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d912e2aca0438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1512e3b0c84bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d351f9545e84395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2208a3238f4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d912e2aca0438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>99,052</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,146</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>129,506</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>