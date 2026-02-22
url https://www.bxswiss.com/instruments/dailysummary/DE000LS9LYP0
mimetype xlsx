--- v4 (2026-02-21)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c955b78b44a4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ecc0f3486e4834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d912e2aca0438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28785379a18b4598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a2208a3238f4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d912e2aca0438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350cb3e447ac4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28785379a18b4598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>