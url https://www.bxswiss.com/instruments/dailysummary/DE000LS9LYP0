--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ecc0f3486e4834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd62e0bc08e4be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28785379a18b4598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e4957c5bcb4e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350cb3e447ac4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28785379a18b4598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d8dec7488e4edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e4957c5bcb4e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is our friend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,284</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>