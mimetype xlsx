--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada3c4eef06d4490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78af944a310f4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a79eb97ec845dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1818f703f30b4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31467fe16b954ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a79eb97ec845dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc952f09869094557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1818f703f30b4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX 30 Werte Average</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,409</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>