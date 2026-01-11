--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78af944a310f4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3e5f1e47724ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1818f703f30b4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdd372502924721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc952f09869094557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1818f703f30b4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9188cb8abcbc4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdd372502924721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX 30 Werte Average</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>128,773</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,723</x:t>
-[...16 lines deleted...]
-          <x:t>129,020</x:t>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,794</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,977</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>