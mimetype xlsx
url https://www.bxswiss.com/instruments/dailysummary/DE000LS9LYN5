--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3e5f1e47724ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809547e5d4e84e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdd372502924721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3addb26aa6294202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9188cb8abcbc4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdd372502924721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727444ad5e3644c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3addb26aa6294202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX 30 Werte Average</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,648</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>