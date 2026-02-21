--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809547e5d4e84e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8b0f259ed44027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3addb26aa6294202"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1131e38dd57d46e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727444ad5e3644c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3addb26aa6294202" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016879871b534ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1131e38dd57d46e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX 30 Werte Average</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>