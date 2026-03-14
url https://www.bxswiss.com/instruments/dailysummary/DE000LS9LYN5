--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8b0f259ed44027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ac06f1f226457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1131e38dd57d46e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3e552ce78b45aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016879871b534ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1131e38dd57d46e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e64f0bf021429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3e552ce78b45aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX 30 Werte Average</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>