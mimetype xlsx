--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c4d77a92f9474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9611996d63f46fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413bf5fa03ac4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ff88533e434e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a534e71cac1401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413bf5fa03ac4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd73a9f9eef04b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ff88533e434e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>