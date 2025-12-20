--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9611996d63f46fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec9853345b0449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09ff88533e434e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbbecd89cc7443c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd73a9f9eef04b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09ff88533e434e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0d09fd904346e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbbecd89cc7443c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,462</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>