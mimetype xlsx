--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec9853345b0449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a54b250d7d4bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbbecd89cc7443c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc6af25e3d2425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0d09fd904346e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbbecd89cc7443c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1bf373e53534beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc6af25e3d2425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>