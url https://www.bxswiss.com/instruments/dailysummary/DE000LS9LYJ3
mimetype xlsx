--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a54b250d7d4bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121d3fa074f04096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc6af25e3d2425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b52b5b82d9452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1bf373e53534beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc6af25e3d2425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd095dd7c724017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b52b5b82d9452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,161</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>