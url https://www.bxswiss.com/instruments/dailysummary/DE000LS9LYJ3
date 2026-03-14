--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121d3fa074f04096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bff42971304940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b52b5b82d9452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa2c7596d3248b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd095dd7c724017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b52b5b82d9452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab13cf176b647db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa2c7596d3248b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>