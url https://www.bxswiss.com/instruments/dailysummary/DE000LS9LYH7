--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aba7001abff448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7e643f0d6e42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dfc7e6e4a94248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921cbae2b8174f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec139b7bf234ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dfc7e6e4a94248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a35eb0496674ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921cbae2b8174f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AL_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>