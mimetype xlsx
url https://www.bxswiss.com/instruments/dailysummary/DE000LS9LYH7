--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7e643f0d6e42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50782adf08314ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921cbae2b8174f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a262213e3684b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a35eb0496674ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921cbae2b8174f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f6f34051cb4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a262213e3684b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AL_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,854</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>