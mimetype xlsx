--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50782adf08314ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cb7597fcc545ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a262213e3684b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ffcb30385d47ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f6f34051cb4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a262213e3684b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96fcde574add4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ffcb30385d47ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AL_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,795</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>