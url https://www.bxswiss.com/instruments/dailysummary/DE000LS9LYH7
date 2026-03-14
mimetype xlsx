--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cb7597fcc545ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3d739d92564e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ffcb30385d47ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f20686aa62f4e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96fcde574add4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ffcb30385d47ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0668088fd5a34e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f20686aa62f4e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AL_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LYH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>